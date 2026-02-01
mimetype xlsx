--- v0 (2025-12-10)
+++ v1 (2026-02-01)
@@ -4,61 +4,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="PRICELIST" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'PRICELIST'!$A$2:$C$193</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'PRICELIST'!$A$2:$C$85</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0000&quot; € e/wp&quot;"/>
-    <numFmt numFmtId="165" formatCode="#,##0.00&quot; €&quot;"/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <sz val="14"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00FFFFFF"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00000000"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill/>
@@ -67,69 +66,66 @@
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="001E66F5"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="00F0F4FF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
@@ -455,2867 +451,1275 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C193"/>
+  <dimension ref="A1:C85"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
-    <col width="52" customWidth="1" min="1" max="1"/>
+    <col width="44" customWidth="1" min="1" max="1"/>
     <col width="16" customWidth="1" min="2" max="2"/>
-    <col width="12" customWidth="1" min="3" max="3"/>
+    <col width="11" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Clarvento Pricelist — 10.12.2025 20:14</t>
+          <t>Clarvento Pricelist — 01.02.2026 16:52</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Full name</t>
         </is>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>EUR</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Incoterms</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>PROMOCJE</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Longi Solar 405W LR5-54HIH Black Frame</t>
+          <t>LONGi LR5-54HIH-405M</t>
         </is>
       </c>
       <c r="B4" s="4" t="n">
-        <v>0.08500000000000001</v>
+        <v>0.08400000000000001</v>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>FCA RTM</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Trina TSM-440NEG9RC.27</t>
+          <t>TW Solar TWMNH-48HD440W</t>
         </is>
       </c>
       <c r="B5" s="4" t="n">
-        <v>0.092</v>
+        <v>0.101</v>
       </c>
       <c r="C5" s="5" t="inlineStr">
         <is>
           <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Jinko JKM440N-54HL4R-B full black</t>
+          <t>LONGi LR4-72HPH 450M</t>
         </is>
       </c>
       <c r="B6" s="4" t="n">
-        <v>0.089</v>
+        <v>0.08500000000000001</v>
       </c>
       <c r="C6" s="5" t="inlineStr">
         <is>
           <t>EXW PL</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Longi LR8-48HGD-445M</t>
+          <t>LR4-72HPH-450M</t>
         </is>
       </c>
       <c r="B7" s="4" t="n">
-        <v>0.091</v>
+        <v>0.096</v>
       </c>
       <c r="C7" s="5" t="inlineStr">
         <is>
-          <t>—</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Jinko JKM455N-48HL4M-DV</t>
+          <t>JKM455N-48HL4M-DV</t>
         </is>
       </c>
       <c r="B8" s="4" t="n">
-        <v>0.09</v>
+        <v>0.101</v>
       </c>
       <c r="C8" s="5" t="inlineStr">
         <is>
-          <t>EXW DE</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Astronergy 480W N5s CHSM60N(DG) /F-HC</t>
+          <t>LONGi LR5-66HIH-500M</t>
         </is>
       </c>
       <c r="B9" s="4" t="n">
-        <v>0.105</v>
+        <v>0.08799999999999999</v>
       </c>
       <c r="C9" s="5" t="inlineStr">
         <is>
-          <t>EXW</t>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Jinko JKM485N-60HL4-V BF</t>
+          <t>TSM-510NEG18R.28</t>
         </is>
       </c>
       <c r="B10" s="4" t="n">
-        <v>0.099</v>
+        <v>0.102</v>
       </c>
       <c r="C10" s="5" t="inlineStr">
         <is>
-          <t>EXW Gdańsk</t>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>TCL HSM-ND54-DR500</t>
+          <t>JA Solar JAM72D30 540/GB</t>
         </is>
       </c>
       <c r="B11" s="4" t="n">
-        <v>0.091</v>
+        <v>0.08400000000000001</v>
       </c>
       <c r="C11" s="5" t="inlineStr">
         <is>
-          <t>EXW Gdańsk</t>
+          <t>EXW PL</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Longi 585 LR5-72HGD-585M</t>
+          <t>LONGi LR5-72HTH-575M</t>
         </is>
       </c>
       <c r="B12" s="4" t="n">
-        <v>0.08500000000000001</v>
+        <v>0.097</v>
       </c>
       <c r="C12" s="5" t="inlineStr">
         <is>
-          <t>FCA</t>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Longi 590 LR5-72HGD-590M</t>
+          <t>TW Solar TWMNH-66HD620W</t>
         </is>
       </c>
       <c r="B13" s="4" t="n">
-        <v>0.09</v>
+        <v>0.091</v>
       </c>
       <c r="C13" s="5" t="inlineStr">
         <is>
-          <t>FCA</t>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>TW Solar TWMND-72HD590W</t>
+          <t>JAM66D46-710/LB</t>
         </is>
       </c>
       <c r="B14" s="4" t="n">
-        <v>0.0963</v>
+        <v>0.106</v>
       </c>
       <c r="C14" s="5" t="inlineStr">
         <is>
-          <t>FCA</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="15">
-      <c r="A15" t="inlineStr">
-[...9 lines deleted...]
-          <t>EXW DE</t>
+      <c r="A15" s="3" t="inlineStr">
+        <is>
+          <t>Jinko</t>
         </is>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Hanersun</t>
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>JKM455N-48HL4M-BDV</t>
+        </is>
+      </c>
+      <c r="B16" s="4" t="n">
+        <v>0.102</v>
+      </c>
+      <c r="C16" s="5" t="inlineStr">
+        <is>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Hanersun HN18RN-54HT450W 450W Full Black Bifacial</t>
+          <t>JKM460N-48HL4M-DB</t>
         </is>
       </c>
       <c r="B17" s="4" t="n">
-        <v>0.097</v>
+        <v>0.11</v>
       </c>
       <c r="C17" s="5" t="inlineStr">
         <is>
           <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Hanersun HN21RN-54HT500W 500W Full Black Bifacial</t>
+          <t>JKM465N-48HL4M-DV</t>
         </is>
       </c>
       <c r="B18" s="4" t="n">
-        <v>0.097</v>
+        <v>0.105</v>
       </c>
       <c r="C18" s="5" t="inlineStr">
         <is>
           <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Hanersun HN21RN-54HT500W 500W Black Frame Bifacial</t>
+          <t>JKM510N-54HL4M-BDV</t>
         </is>
       </c>
       <c r="B19" s="4" t="n">
-        <v>0.093</v>
+        <v>0.108</v>
       </c>
       <c r="C19" s="5" t="inlineStr">
         <is>
           <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Hanersun HN18N-72HT585W 585W Bifacial</t>
+          <t>JKM515N-54HL4M-BDV</t>
         </is>
       </c>
       <c r="B20" s="4" t="n">
-        <v>0.09</v>
+        <v>0.105</v>
       </c>
       <c r="C20" s="5" t="inlineStr">
         <is>
           <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Hanersun HN21N-60HT620W 620W Bifacial</t>
+          <t>JKM630N-78HL4-BDV</t>
         </is>
       </c>
       <c r="B21" s="4" t="n">
-        <v>0.08799999999999999</v>
+        <v>0.106</v>
       </c>
       <c r="C21" s="5" t="inlineStr">
         <is>
           <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
-          <t>Jinko</t>
+          <t>LONGi</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Jinko JKM445N-54HL4R-B full black</t>
+          <t>LR7-54HVBB-465</t>
         </is>
       </c>
       <c r="B23" s="4" t="n">
-        <v>0.108</v>
+        <v>0.118</v>
       </c>
       <c r="C23" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>FCA RTM</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>Jinko JKM455N-48HL4M-DV</t>
+          <t>LR7-54HVH-480M</t>
         </is>
       </c>
       <c r="B24" s="4" t="n">
-        <v>0.092</v>
+        <v>0.115</v>
       </c>
       <c r="C24" s="5" t="inlineStr">
         <is>
-          <t>EXW DE</t>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>Jinko JKM455-48HL4M-DB</t>
+          <t>LR7-54HVH-485M</t>
         </is>
       </c>
       <c r="B25" s="4" t="n">
-        <v>0.098</v>
+        <v>0.1185</v>
       </c>
       <c r="C25" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="26">
-      <c r="A26" t="inlineStr">
-[...9 lines deleted...]
-          <t>EXW NL</t>
+      <c r="A26" s="3" t="inlineStr">
+        <is>
+          <t>JA Solar</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Jinko JKM460N-48HL4M-DB</t>
+          <t>JAM54D41-445/LB_FB</t>
         </is>
       </c>
       <c r="B27" s="4" t="n">
-        <v>0.099</v>
+        <v>0.116</v>
       </c>
       <c r="C27" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>Jinko JKM460N-48HL4M-DV BF</t>
+          <t>JAM54D41-450/LB_FB</t>
         </is>
       </c>
       <c r="B28" s="4" t="n">
-        <v>0.095</v>
+        <v>0.117</v>
       </c>
       <c r="C28" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Jinko JKM460N-48HL4M-DV</t>
+          <t>JAM54D40-460/LB_BFT</t>
         </is>
       </c>
       <c r="B29" s="4" t="n">
-        <v>0.091</v>
+        <v>0.151</v>
       </c>
       <c r="C29" s="5" t="inlineStr">
         <is>
-          <t>EXW Gdańsk</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Jinko JKM465N-48HL4M-DV BF</t>
+          <t>JAM54D40-460/LB_BF</t>
         </is>
       </c>
       <c r="B30" s="4" t="n">
-        <v>0.095</v>
+        <v>0.114</v>
       </c>
       <c r="C30" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>Jinko JKM510N-54HL4M-BDV</t>
+          <t>JAM60D40-500/LB_BF</t>
         </is>
       </c>
       <c r="B31" s="4" t="n">
-        <v>0.098</v>
+        <v>0.11</v>
       </c>
       <c r="C31" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>Jinko JKM510N-60HL4-V</t>
+          <t>JAM60D41-500/LB_FB</t>
         </is>
       </c>
       <c r="B32" s="4" t="n">
-        <v>0.095</v>
+        <v>0.117</v>
       </c>
       <c r="C32" s="5" t="inlineStr">
         <is>
           <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>Jinko JKM515N-54HL4M-BDV E</t>
+          <t>JAM60D42-535/LB_BF</t>
         </is>
       </c>
       <c r="B33" s="4" t="n">
-        <v>0.098</v>
+        <v>0.11</v>
       </c>
       <c r="C33" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>Jinko JKM515N-54HL4M-BDV</t>
+          <t>JAM66D45-620/LB_SFT</t>
         </is>
       </c>
       <c r="B34" s="4" t="n">
-        <v>0.094</v>
+        <v>0.108</v>
       </c>
       <c r="C34" s="5" t="inlineStr">
         <is>
-          <t>EXW Gdańsk</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>Jinko JKM585N-72HL4-BDV</t>
+          <t>JAM72D42-635/LB_SF</t>
         </is>
       </c>
       <c r="B35" s="4" t="n">
-        <v>0.094</v>
+        <v>0.108</v>
       </c>
       <c r="C35" s="5" t="inlineStr">
         <is>
-          <t>EXW RTM</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>Jinko JKM590N-72HL4-BDV</t>
+          <t>JAM66D46-715/LB_SF</t>
         </is>
       </c>
       <c r="B36" s="4" t="n">
-        <v>0.095</v>
+        <v>0.108</v>
       </c>
       <c r="C36" s="5" t="inlineStr">
         <is>
-          <t>EXW RTM</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="37">
-      <c r="A37" t="inlineStr">
-[...9 lines deleted...]
-          <t>DDP PL</t>
+      <c r="A37" s="3" t="inlineStr">
+        <is>
+          <t>Trina</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>Jinko JKM615N-66HL4M-BDV</t>
+          <t>TSM-450NEG9R.25</t>
         </is>
       </c>
       <c r="B38" s="4" t="n">
-        <v>0.094</v>
+        <v>0.119</v>
       </c>
       <c r="C38" s="5" t="inlineStr">
         <is>
-          <t>EXW RTM</t>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>Jinko JKM620N-66HL4M-BDV</t>
+          <t>TSM-455NED9R.28</t>
         </is>
       </c>
       <c r="B39" s="4" t="n">
-        <v>0.095</v>
+        <v>0.1092</v>
       </c>
       <c r="C39" s="5" t="inlineStr">
         <is>
-          <t>—</t>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Jinko JKM625N-66HL4M-BDV</t>
+          <t>TSM-460NEG9R.28</t>
         </is>
       </c>
       <c r="B40" s="4" t="n">
-        <v>0.099</v>
+        <v>0.107</v>
       </c>
       <c r="C40" s="5" t="inlineStr">
         <is>
-          <t>—</t>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>Jinko JKM630N-66HL4M-BDV</t>
+          <t>TSM-515NEG18R.28</t>
         </is>
       </c>
       <c r="B41" s="4" t="n">
-        <v>0.094</v>
+        <v>0.105</v>
       </c>
       <c r="C41" s="5" t="inlineStr">
         <is>
           <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="42">
-      <c r="A42" t="inlineStr">
-[...9 lines deleted...]
-          <t>—</t>
+      <c r="A42" s="3" t="inlineStr">
+        <is>
+          <t>TW Solar</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>Jinko JKM640N-66HL4M-BDV</t>
+          <t>TWMNH-48HC440W</t>
         </is>
       </c>
       <c r="B43" s="4" t="n">
-        <v>0.099</v>
+        <v>0.106</v>
       </c>
       <c r="C43" s="5" t="inlineStr">
         <is>
-          <t>—</t>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>Jinko JKM715N-66HL5-BDV</t>
+          <t>TWMNH-48HD440W</t>
         </is>
       </c>
       <c r="B44" s="4" t="n">
-        <v>0.093</v>
+        <v>0.1</v>
       </c>
       <c r="C44" s="5" t="inlineStr">
         <is>
-          <t>—</t>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="45">
-      <c r="A45" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>LONGi</t>
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>TWMNH-48HW470W</t>
+        </is>
+      </c>
+      <c r="B45" s="4" t="n">
+        <v>0.106</v>
+      </c>
+      <c r="C45" s="5" t="inlineStr">
+        <is>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>LONGi LR7-54HTB-465M</t>
+          <t>TWMNH-66HD640</t>
         </is>
       </c>
       <c r="B46" s="4" t="n">
-        <v>0.111</v>
+        <v>0.12</v>
       </c>
       <c r="C46" s="5" t="inlineStr">
         <is>
-          <t>FCA</t>
+          <t>DDP PL</t>
         </is>
       </c>
     </row>
     <row r="47">
-      <c r="A47" t="inlineStr">
-[...9 lines deleted...]
-          <t>ASK</t>
+      <c r="A47" s="3" t="inlineStr">
+        <is>
+          <t>Canadian Solar</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>LONGi LR7-54HVH-480M</t>
+          <t>CS6.2-48TD-460</t>
         </is>
       </c>
       <c r="B48" s="4" t="n">
-        <v>0.116</v>
+        <v>0.107</v>
       </c>
       <c r="C48" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW</t>
         </is>
       </c>
     </row>
     <row r="49">
-      <c r="A49" t="inlineStr">
-[...9 lines deleted...]
-          <t>FCA RTM</t>
+      <c r="A49" s="3" t="inlineStr">
+        <is>
+          <t>AIKO</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>LONGi LR7-60HVH-535M</t>
+          <t>AIKO G2-A-MAH54Mb FULLBLACK 450W</t>
         </is>
       </c>
       <c r="B50" s="4" t="n">
-        <v>0.109</v>
+        <v>0.125</v>
       </c>
       <c r="C50" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>LONGi LR7-60HVH-540M</t>
+          <t>AIKO G2-A-MAH54Mb FULLBLACK 450W</t>
         </is>
       </c>
       <c r="B51" s="4" t="n">
-        <v>0.1122</v>
+        <v>0.125</v>
       </c>
       <c r="C51" s="5" t="inlineStr">
         <is>
-          <t>—</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>LONGi LR7-60HVH-540M</t>
+          <t>AIKO G2-A-MAH54Mb FULLBLACK 460W</t>
         </is>
       </c>
       <c r="B52" s="4" t="n">
-        <v>0.104</v>
+        <v>0.117</v>
       </c>
       <c r="C52" s="5" t="inlineStr">
         <is>
-          <t>ASK</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>LONGi LR7-60HVH-545M</t>
+          <t>AIKO G2-A-MAH54Db FULLBLACK 460W</t>
         </is>
       </c>
       <c r="B53" s="4" t="n">
-        <v>0.116</v>
+        <v>0.119</v>
       </c>
       <c r="C53" s="5" t="inlineStr">
         <is>
-          <t>ASK</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>LONGi LR5-72HTH-575M</t>
+          <t>AIKO G2-A-MAH54Mw BF 460W</t>
         </is>
       </c>
       <c r="B54" s="4" t="n">
-        <v>0.095</v>
+        <v>0.109</v>
       </c>
       <c r="C54" s="5" t="inlineStr">
         <is>
-          <t>FCA</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>LONGi LR5-72HTH-590M</t>
+          <t>AIKO G2-A-MAH54Mb FULLBLACK 465W</t>
         </is>
       </c>
       <c r="B55" s="4" t="n">
-        <v>0.104</v>
+        <v>0.119</v>
       </c>
       <c r="C55" s="5" t="inlineStr">
         <is>
-          <t>ASK</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>LONGi 610M LR8-66HGD-610M</t>
+          <t>AIKO G2-A-MAH54Db FULLBLACK 465W</t>
         </is>
       </c>
       <c r="B56" s="4" t="n">
-        <v>0.0958</v>
+        <v>0.14</v>
       </c>
       <c r="C56" s="5" t="inlineStr">
         <is>
-          <t>FCA</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>LONGi 615M LR8-66HGD-615M</t>
+          <t>AIKO G2-A-MAH54Dw BF 465W</t>
         </is>
       </c>
       <c r="B57" s="4" t="n">
-        <v>0.0982</v>
+        <v>0.109</v>
       </c>
       <c r="C57" s="5" t="inlineStr">
         <is>
-          <t>FCA</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>LONGi LR7-72HVH-640M</t>
+          <t>AIKO G3-A-MCE54Db FULLBLACK 470W</t>
         </is>
       </c>
       <c r="B58" s="4" t="n">
-        <v>0.112</v>
+        <v>0.15</v>
       </c>
       <c r="C58" s="5" t="inlineStr">
         <is>
-          <t>ASK</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>LONGi LR7-72HVH-645M</t>
+          <t>AIKO G2-A-MAH54Mw BF 470W</t>
         </is>
       </c>
       <c r="B59" s="4" t="n">
-        <v>0.114</v>
+        <v>0.117</v>
       </c>
       <c r="C59" s="5" t="inlineStr">
         <is>
-          <t>ASK</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="60">
-      <c r="A60" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>JA Solar</t>
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>AIKO G2-A-MAH54Dw BF 470W</t>
+        </is>
+      </c>
+      <c r="B60" s="4" t="n">
+        <v>0.112</v>
+      </c>
+      <c r="C60" s="5" t="inlineStr">
+        <is>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>JaSolar JAM54D41-445/LB_FB</t>
+          <t>AIKO G3-A-MCE54Db FULLBLACK 475W</t>
         </is>
       </c>
       <c r="B61" s="4" t="n">
-        <v>0.105</v>
+        <v>0.16</v>
       </c>
       <c r="C61" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>JaSolar JAM54D41-445/LB_FB</t>
+          <t>AIKO G2-A-MAH54Mw BF 475W</t>
         </is>
       </c>
       <c r="B62" s="4" t="n">
-        <v>0.094</v>
+        <v>0.121</v>
       </c>
       <c r="C62" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>JaSolar JAM54D41-445/LB_FB</t>
+          <t>AIKO G3-A-MCE54Dw BF 475W</t>
         </is>
       </c>
       <c r="B63" s="4" t="n">
-        <v>0.09</v>
+        <v>0.119</v>
       </c>
       <c r="C63" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>JaSolar JAM54D41-450/LB_FB</t>
+          <t>AIKO G3-A-MCE54Db FULLBLACK 480W</t>
         </is>
       </c>
       <c r="B64" s="4" t="n">
-        <v>0.099</v>
+        <v>0.18</v>
       </c>
       <c r="C64" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>JaSolar JAM54D41-450/LB_FB</t>
+          <t>AIKO G3-A-MCE54Mw BF 480W</t>
         </is>
       </c>
       <c r="B65" s="4" t="n">
-        <v>0.09</v>
+        <v>0.147</v>
       </c>
       <c r="C65" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>JaSolar JAM54D40-455/LB_BF</t>
+          <t>AIKO G3-A-MCE54Dw BF 480W</t>
         </is>
       </c>
       <c r="B66" s="4" t="n">
-        <v>0.1</v>
+        <v>0.121</v>
       </c>
       <c r="C66" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>JaSolar JAM54D40-455/LB_BF</t>
+          <t>AIKO G3-A-MCE54Mw BF 485W</t>
         </is>
       </c>
       <c r="B67" s="4" t="n">
-        <v>0.09</v>
+        <v>0.157</v>
       </c>
       <c r="C67" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>JaSolar JAM54D40-455/LB_BF</t>
+          <t>AIKO G3-A-MCE54Dw BF 485W</t>
         </is>
       </c>
       <c r="B68" s="4" t="n">
-        <v>0.094</v>
+        <v>0.122</v>
       </c>
       <c r="C68" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>JaSolar JAM54D40-460/LB_BFT</t>
+          <t>AIKO G3-A-MCE54Mw BF 490W</t>
         </is>
       </c>
       <c r="B69" s="4" t="n">
-        <v>0.104</v>
+        <v>0.162</v>
       </c>
       <c r="C69" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>JaSolar JAM60D40-500/LB_BF</t>
+          <t>AIKO G3-A-MCE54Dw BF 490W</t>
         </is>
       </c>
       <c r="B70" s="4" t="n">
-        <v>0.095</v>
+        <v>0.125</v>
       </c>
       <c r="C70" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>JaSolar JAM60D41-500/LB_FB</t>
+          <t>AIKO G3-A-MCE54Mw BF 495W</t>
         </is>
       </c>
       <c r="B71" s="4" t="n">
-        <v>0.096</v>
+        <v>0.167</v>
       </c>
       <c r="C71" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>JaSolar JAM60D40-500/LB_BF</t>
+          <t>AIKO A-500-MAH60Mb 500W 2S FB Monoglass</t>
         </is>
       </c>
       <c r="B72" s="4" t="n">
-        <v>0.09</v>
+        <v>0.115</v>
       </c>
       <c r="C72" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>JaSolar JAM60D40-500/LB_BF</t>
+          <t>AIKO A-500-MAH60Db 500W 2S+ FB Bifacial</t>
         </is>
       </c>
       <c r="B73" s="4" t="n">
-        <v>0.094</v>
+        <v>0.118</v>
       </c>
       <c r="C73" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>JaSolar JAM60D42-530/LB_BF</t>
+          <t>AIKO G2-A-MAH60Mw BF 500W</t>
         </is>
       </c>
       <c r="B74" s="4" t="n">
-        <v>0.09</v>
+        <v>0.112</v>
       </c>
       <c r="C74" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>JaSolar JAM60D42-535/LB_BF</t>
+          <t>AIKO G3-A-MCE54Mw BF 500W</t>
         </is>
       </c>
       <c r="B75" s="4" t="n">
-        <v>0.09</v>
+        <v>0.188</v>
       </c>
       <c r="C75" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>JaSolar JAM72D40-595/MB_SF</t>
+          <t>AIKO 3P+60 A-MCE60Dw BF 540W</t>
         </is>
       </c>
       <c r="B76" s="4" t="n">
-        <v>0.093</v>
+        <v>0.116</v>
       </c>
       <c r="C76" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>JaSolar JAM66D45-620/LB_SF</t>
+          <t>AIKO 3P+60 A-MCE60Dw BF 545W</t>
         </is>
       </c>
       <c r="B77" s="4" t="n">
-        <v>0.09</v>
+        <v>0.117</v>
       </c>
       <c r="C77" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>JaSolar JAM66D45-625/LB_SF</t>
+          <t>AIKO 3P+60 A-MCE60Dw BF 550W</t>
         </is>
       </c>
       <c r="B78" s="4" t="n">
-        <v>0.09</v>
+        <v>0.119</v>
       </c>
       <c r="C78" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>JaSolar JAM66D42-630/LB_SF</t>
+          <t>AIKO G1-A-MAH72Mw 610W</t>
         </is>
       </c>
       <c r="B79" s="4" t="n">
-        <v>0.09</v>
+        <v>0.105</v>
       </c>
       <c r="C79" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>JaSolar JAM72D42-635/LB_SF</t>
+          <t>AIKO-G-MCH72Dw Bifacial 645W</t>
         </is>
       </c>
       <c r="B80" s="4" t="n">
-        <v>0.094</v>
+        <v>0.102</v>
       </c>
       <c r="C80" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>JaSolar JAM66D42-635/LB_SF</t>
+          <t>AIKO-G-MCH72Dw Bifacial 650W</t>
         </is>
       </c>
       <c r="B81" s="4" t="n">
-        <v>0.09</v>
+        <v>0.105</v>
       </c>
       <c r="C81" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>JaSolar JAM66D42-635/LB_SF</t>
-[...3 lines deleted...]
-        <v>0.09</v>
+          <t>AIKO 192-G-MCH72Mw 650W</t>
+        </is>
+      </c>
+      <c r="B82" s="4" t="n">
+        <v>0.102</v>
       </c>
       <c r="C82" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>JaSolar JAM66D46-710/LB_SF</t>
+          <t>AIKO-A-GRH66Dw cells_zerogap Bifacial 660W</t>
         </is>
       </c>
       <c r="B83" s="4" t="n">
-        <v>0.094</v>
+        <v>0.106</v>
       </c>
       <c r="C83" s="5" t="inlineStr">
         <is>
-          <t>DDP PL</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>JaSolar JAM66D46-710/LB_SF</t>
+          <t>AIKO-A-MDE72Dw 3N+72 Bifacial 665W</t>
         </is>
       </c>
       <c r="B84" s="4" t="n">
-        <v>0.09</v>
+        <v>0.102</v>
       </c>
       <c r="C84" s="5" t="inlineStr">
         <is>
-          <t>FCA RTM</t>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
     <row r="85">
-      <c r="A85" s="3" t="inlineStr">
-[...116 lines deleted...]
-      <c r="B93" s="4" t="n">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>AIKO-A-GRH78Dw cells_zerogap 775W</t>
+        </is>
+      </c>
+      <c r="B85" s="4" t="n">
         <v>0.102</v>
       </c>
-      <c r="C93" s="5" t="inlineStr">
-[...1453 lines deleted...]
-          <t>FCA</t>
+      <c r="C85" s="5" t="inlineStr">
+        <is>
+          <t>EXW RTM</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:C193"/>
-[...2 lines deleted...]
-    <mergeCell ref="A85:C85"/>
+  <autoFilter ref="A2:C85"/>
+  <mergeCells count="9">
+    <mergeCell ref="A42:C42"/>
+    <mergeCell ref="A49:C49"/>
+    <mergeCell ref="A47:C47"/>
     <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A45:C45"/>
-[...2 lines deleted...]
-    <mergeCell ref="A178:C178"/>
+    <mergeCell ref="A37:C37"/>
     <mergeCell ref="A22:C22"/>
     <mergeCell ref="A3:C3"/>
-    <mergeCell ref="A114:C114"/>
-[...2 lines deleted...]
-    <mergeCell ref="A129:C129"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="A26:C26"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>